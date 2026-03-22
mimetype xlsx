--- v0 (2025-10-27)
+++ v1 (2026-03-22)
@@ -54,225 +54,225 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
     <t>Alexandre José Silvestre Dias</t>
   </si>
   <si>
-    <t>https://sapl.camponovoderondonia.ro.leg.br/media/sapl/public/materialegislativa/2024/161/projeto_de_lei_complementar_022-2024_-_regulameta_art_31_da__lc_023-2012_-_grat_pdodutividade_fiscal_2.docx</t>
+    <t>http://sapl.camponovoderondonia.ro.leg.br/media/sapl/public/materialegislativa/2024/161/projeto_de_lei_complementar_022-2024_-_regulameta_art_31_da__lc_023-2012_-_grat_pdodutividade_fiscal_2.docx</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÕES E REGULAMENTA O DISPOSTO NO CAPÍTULO IV- DA GRATIFICAÇÃO DE PRODUTIVIDADE - DA LEI COMPLEMENTAR Nº 023 DE 09 DE ABRIL DE 2012 E ALERADA PELA LEI COMPLEMENTAR Nº 046 DE 20 DE DEZEMBRO DE 2016  , E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.camponovoderondonia.ro.leg.br/media/</t>
+    <t>http://sapl.camponovoderondonia.ro.leg.br/media/</t>
   </si>
   <si>
     <t>RATIFICA O PROTOCOLO DE INTENÇÕES DO CONSÓRCIO INTERFEDERATIVO DE DESENVOLVIMENTO DE RONDONIA – CINDERONDONIA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.camponovoderondonia.ro.leg.br/media/sapl/public/materialegislativa/2024/158/projeto_de_lei_019_semosp_cred_esp_por.superavit_proc._864.docx</t>
+    <t>http://sapl.camponovoderondonia.ro.leg.br/media/sapl/public/materialegislativa/2024/158/projeto_de_lei_019_semosp_cred_esp_por.superavit_proc._864.docx</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO_x000D_
 MUNICIPAL ABRIR CRÉDITO_x000D_
 ADICIONAL ESPECIAL POR_x000D_
 SUPERÁVIT FINANCEIRO NO_x000D_
 ORÇAMENTO DO MUNICÍPIO DE_x000D_
 CAMPO NOVO DE RONDÔNIA PARA O_x000D_
 EXERCÍCIO DE 2024.</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.camponovoderondonia.ro.leg.br/media/sapl/public/materialegislativa/2024/159/projeto_de_lei_020_semec_cred_esp_por.superavit_e.por_excesso.proc._891.docx</t>
+    <t>http://sapl.camponovoderondonia.ro.leg.br/media/sapl/public/materialegislativa/2024/159/projeto_de_lei_020_semec_cred_esp_por.superavit_e.por_excesso.proc._891.docx</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL ABRIR CRÉDITO ADICIONAL ESPECIAL POR SUPERÁVIT FINANCEIRO E POR EXCESSO DE ARRECADAÇÃO NO ORÇAMENTO VIGENTE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.camponovoderondonia.ro.leg.br/media/sapl/public/materialegislativa/2024/160/projeto_de_lei_021_semosp_cred_esp_por.superavit_proc._888.docx</t>
+    <t>http://sapl.camponovoderondonia.ro.leg.br/media/sapl/public/materialegislativa/2024/160/projeto_de_lei_021_semosp_cred_esp_por.superavit_proc._888.docx</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL ABRIR CRÉDITO ADICIONAL ESPECIAL POR SUPERÁVIT FINANCEIRO NO ORÇAMENTO DO MUNICÍPIO DE CAMPO NOVO DE RONDÔNIA PARA O EXERCÍCIO DE 2024.</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL ABRIR CRÉDITO ADICIONAL ESPECIAL POR EXCESSO DE ARRECADAÇÃO NO ORÇAMENTO DO MUNICÍPIO DE CAMPO NOVO DE RONDÔNIA PARA O EXERCÍCIO DE 2024.</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO_x000D_
 MUNICIPAL ABRIR CRÉDITO_x000D_
 ADICIONAL SUPLEMENTAR POR_x000D_
 SUPERÁVIT FINANCEIRO NO_x000D_
 ORÇAMENTO DO MUNICÍPIO DE_x000D_
 CAMPO NOVO DE RONDÔNIA PARA O_x000D_
 EXERCÍCIO DE 2024.</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO_x000D_
 MUNICIPAL ABRIR CRÉDITO_x000D_
 ADICIONAL ESPECIAL POR_x000D_
 EXCESSO DE ARRECADAÇÃO NO_x000D_
 ORÇAMENTO DO MUNICÍPIO DE_x000D_
 CAMPO NOVO DE RONDÔNIA PARA O_x000D_
 EXERCÍCIO DE 2024.</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.camponovoderondonia.ro.leg.br/media/sapl/public/materialegislativa/2024/166/projeto_de_lei_028_semosp_cred_esp_por.superavit_proc._1102_1.pdf</t>
+    <t>http://sapl.camponovoderondonia.ro.leg.br/media/sapl/public/materialegislativa/2024/166/projeto_de_lei_028_semosp_cred_esp_por.superavit_proc._1102_1.pdf</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.camponovoderondonia.ro.leg.br/media/sapl/public/materialegislativa/2024/167/projeto_de_lei_029_semusa_cred_adic_esp_por_anul_proc.344.pdf</t>
+    <t>http://sapl.camponovoderondonia.ro.leg.br/media/sapl/public/materialegislativa/2024/167/projeto_de_lei_029_semusa_cred_adic_esp_por_anul_proc.344.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO_x000D_
 MUNICIPAL ABRIR CRÉDITO_x000D_
 ADICIONAL ESPECIAL POR_x000D_
 ANULAÇÃO DE DOTAÇÃO NO_x000D_
 ORÇAMENTO DO MUNICÍPIO DE_x000D_
 CAMPO NOVO DE RONDÔNIA PARA O_x000D_
 EXERCÍCIO DE 2024.</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.camponovoderondonia.ro.leg.br/media/sapl/public/materialegislativa/2024/168/projeto_de_lei_030_seamat_cred_adic_esp_por_an_proc_1128.pdf</t>
+    <t>http://sapl.camponovoderondonia.ro.leg.br/media/sapl/public/materialegislativa/2024/168/projeto_de_lei_030_seamat_cred_adic_esp_por_an_proc_1128.pdf</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.camponovoderondonia.ro.leg.br/media/sapl/public/materialegislativa/2024/169/projeto_de_lei_031_semusa_cred_esp_por.superavit_proc._1235.pdf</t>
+    <t>http://sapl.camponovoderondonia.ro.leg.br/media/sapl/public/materialegislativa/2024/169/projeto_de_lei_031_semusa_cred_esp_por.superavit_proc._1235.pdf</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.camponovoderondonia.ro.leg.br/media/sapl/public/materialegislativa/2024/170/projeto_de_lei_032_semosp_cred_esp_por.superavit_proc._1285.pdf</t>
+    <t>http://sapl.camponovoderondonia.ro.leg.br/media/sapl/public/materialegislativa/2024/170/projeto_de_lei_032_semosp_cred_esp_por.superavit_proc._1285.pdf</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.camponovoderondonia.ro.leg.br/media/sapl/public/materialegislativa/2024/171/projeto_de_lei_033_seamat_cred_adic_esp_por_excesso._1317.pdf</t>
+    <t>http://sapl.camponovoderondonia.ro.leg.br/media/sapl/public/materialegislativa/2024/171/projeto_de_lei_033_seamat_cred_adic_esp_por_excesso._1317.pdf</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.camponovoderondonia.ro.leg.br/media/sapl/public/materialegislativa/2024/172/projeto_de_lei_034_semosp_cred_esp_por.superavit_proc._1271.pdf</t>
+    <t>http://sapl.camponovoderondonia.ro.leg.br/media/sapl/public/materialegislativa/2024/172/projeto_de_lei_034_semosp_cred_esp_por.superavit_proc._1271.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -576,68 +576,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.camponovoderondonia.ro.leg.br/media/sapl/public/materialegislativa/2024/161/projeto_de_lei_complementar_022-2024_-_regulameta_art_31_da__lc_023-2012_-_grat_pdodutividade_fiscal_2.docx" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.camponovoderondonia.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.camponovoderondonia.ro.leg.br/media/sapl/public/materialegislativa/2024/158/projeto_de_lei_019_semosp_cred_esp_por.superavit_proc._864.docx" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.camponovoderondonia.ro.leg.br/media/sapl/public/materialegislativa/2024/159/projeto_de_lei_020_semec_cred_esp_por.superavit_e.por_excesso.proc._891.docx" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.camponovoderondonia.ro.leg.br/media/sapl/public/materialegislativa/2024/160/projeto_de_lei_021_semosp_cred_esp_por.superavit_proc._888.docx" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.camponovoderondonia.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.camponovoderondonia.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.camponovoderondonia.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.camponovoderondonia.ro.leg.br/media/sapl/public/materialegislativa/2024/166/projeto_de_lei_028_semosp_cred_esp_por.superavit_proc._1102_1.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.camponovoderondonia.ro.leg.br/media/sapl/public/materialegislativa/2024/167/projeto_de_lei_029_semusa_cred_adic_esp_por_anul_proc.344.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.camponovoderondonia.ro.leg.br/media/sapl/public/materialegislativa/2024/168/projeto_de_lei_030_seamat_cred_adic_esp_por_an_proc_1128.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.camponovoderondonia.ro.leg.br/media/sapl/public/materialegislativa/2024/169/projeto_de_lei_031_semusa_cred_esp_por.superavit_proc._1235.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.camponovoderondonia.ro.leg.br/media/sapl/public/materialegislativa/2024/170/projeto_de_lei_032_semosp_cred_esp_por.superavit_proc._1285.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.camponovoderondonia.ro.leg.br/media/sapl/public/materialegislativa/2024/171/projeto_de_lei_033_seamat_cred_adic_esp_por_excesso._1317.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.camponovoderondonia.ro.leg.br/media/sapl/public/materialegislativa/2024/172/projeto_de_lei_034_semosp_cred_esp_por.superavit_proc._1271.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camponovoderondonia.ro.leg.br/media/sapl/public/materialegislativa/2024/161/projeto_de_lei_complementar_022-2024_-_regulameta_art_31_da__lc_023-2012_-_grat_pdodutividade_fiscal_2.docx" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camponovoderondonia.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camponovoderondonia.ro.leg.br/media/sapl/public/materialegislativa/2024/158/projeto_de_lei_019_semosp_cred_esp_por.superavit_proc._864.docx" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camponovoderondonia.ro.leg.br/media/sapl/public/materialegislativa/2024/159/projeto_de_lei_020_semec_cred_esp_por.superavit_e.por_excesso.proc._891.docx" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camponovoderondonia.ro.leg.br/media/sapl/public/materialegislativa/2024/160/projeto_de_lei_021_semosp_cred_esp_por.superavit_proc._888.docx" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camponovoderondonia.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camponovoderondonia.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camponovoderondonia.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camponovoderondonia.ro.leg.br/media/sapl/public/materialegislativa/2024/166/projeto_de_lei_028_semosp_cred_esp_por.superavit_proc._1102_1.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camponovoderondonia.ro.leg.br/media/sapl/public/materialegislativa/2024/167/projeto_de_lei_029_semusa_cred_adic_esp_por_anul_proc.344.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camponovoderondonia.ro.leg.br/media/sapl/public/materialegislativa/2024/168/projeto_de_lei_030_seamat_cred_adic_esp_por_an_proc_1128.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camponovoderondonia.ro.leg.br/media/sapl/public/materialegislativa/2024/169/projeto_de_lei_031_semusa_cred_esp_por.superavit_proc._1235.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camponovoderondonia.ro.leg.br/media/sapl/public/materialegislativa/2024/170/projeto_de_lei_032_semosp_cred_esp_por.superavit_proc._1285.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camponovoderondonia.ro.leg.br/media/sapl/public/materialegislativa/2024/171/projeto_de_lei_033_seamat_cred_adic_esp_por_excesso._1317.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.camponovoderondonia.ro.leg.br/media/sapl/public/materialegislativa/2024/172/projeto_de_lei_034_semosp_cred_esp_por.superavit_proc._1271.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H16"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="26.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="187" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="186.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="242.140625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>